--- v0 (2025-10-08)
+++ v1 (2026-02-28)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7627FBC0" w14:textId="77777777" w:rsidR="00A55B45" w:rsidRPr="00566FAB" w:rsidRDefault="00E56F89" w:rsidP="009E6305">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00566FAB">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Projet de santé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F1E2F7" w14:textId="77777777" w:rsidR="00E56F89" w:rsidRDefault="00E56F89" w:rsidP="0031687C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -1789,51 +1790,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00495422">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ssurance maladie et l’ARS). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8BF409" w14:textId="77777777" w:rsidR="001D102D" w:rsidRDefault="001D102D" w:rsidP="001D102D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D1DEF04" w14:textId="77777777" w:rsidR="001D102D" w:rsidRDefault="001D102D" w:rsidP="001D102D">
+    <w:p w14:paraId="0D1DEF04" w14:textId="33E2073B" w:rsidR="001D102D" w:rsidRDefault="001D102D" w:rsidP="001D102D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r w:rsidRPr="00595ABC">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1917,114 +1918,58 @@
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00FC0262">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>erprofessionnel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable aux structures de santé pluriprofessionnelles</w:t>
       </w:r>
-      <w:r w:rsidR="00A5488E">
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> de soins primaires (dit matrice de maturité) de la Haute-Autorité de Santé (HAS).</w:t>
+      <w:r w:rsidR="00B213E9">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ACI). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50671597" w14:textId="77777777" w:rsidR="000B1A10" w:rsidRDefault="000B1A10" w:rsidP="001D102D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DB410FB" w14:textId="77777777" w:rsidR="006574C4" w:rsidRDefault="00DE38A4" w:rsidP="001D102D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2298,3564 +2243,3564 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00725F41">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00725F41">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00725F41">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26AC0248" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26AC0248" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138756" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Territoire d'intervention</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138756 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FE0529C" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2FE0529C" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138757" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Analyse de l'offre de soins existante sur le territoire</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138757 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BCDE4F7" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4BCDE4F7" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138758" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Analyse des besoins de soins sur le territoire</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138758 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34D5BDB5" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="34D5BDB5" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138759" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Projet professionnel</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138759 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06DBAAC4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06DBAAC4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138760" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Structuration juridique / gouvernance</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138760 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3432C4CC" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3432C4CC" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138761" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Implantation géographique</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138761 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AB4844D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1AB4844D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138762" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Liste des professionnels</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138762 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A444EAC" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A444EAC" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138763" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accès aux soins</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138763 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="498AE803" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="498AE803" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138764" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accessibilité</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138764 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70F39886" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70F39886" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138765" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accessibilité géographique</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138765 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C2F39ED" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C2F39ED" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138766" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accessibilité financière</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138766 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4ACE0CA4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4ACE0CA4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138767" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accessibilité sociale</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138767 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DC7DDB9" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5DC7DDB9" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138768" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions de prévention et missions de santé publique</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138768 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5791DC7F" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5791DC7F" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138769" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Horaires d'ouverture et organisation des soins</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138769 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11C4C942" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="11C4C942" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138770" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Horaires d'ouverture et accueil / prise de RV et orientation</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138770 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4569A9A4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4569A9A4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138771" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accès à des soins non programmés</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138771 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="019DC90E" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="019DC90E" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138772" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accès à des spécialités ou techniques particulières</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138772 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D36D4B6" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D36D4B6" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138773" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Continuité des soins en l'absence du médecin traitant</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138773 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B8B0D8D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B8B0D8D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138774" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Permanence des soins ambulatoires (PDSA)</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138774 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0093D1DA" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0093D1DA" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138775" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.5</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Soins non programmés en lien avec le dispositif de Service d’accès aux soins (SAS)</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138775 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41E6381D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="41E6381D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138776" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Travail en équipe pluri-professionnelle</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138776 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="380398EA" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="380398EA" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138777" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Organisation de la coordination</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138777 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D0E08EB" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7D0E08EB" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138778" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Concertation pluri professionnelle sur les cas complexes</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138778 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E791D41" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E791D41" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138779" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elaboration de protocoles pluri-professionnels</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138779 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27640016" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27640016" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138780" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Coopérations interprofessionnelles (art. 51 de la loi HPST)</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138780 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42640BAE" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="42640BAE" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138781" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Coordination avec les professionnels et structures extérieurs</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138781 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1320FB30" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1320FB30" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138782" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Formation – recherche – qualité</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138782 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73512645" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73512645" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138783" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accueil de futurs professionnels</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138783 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B360A00" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0B360A00" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138784" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Formation continue des professionnels de la MSP</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138784 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="332A48E4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="332A48E4" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138785" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Recherche</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138785 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="783B10B7" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="783B10B7" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138786" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Démarche qualité</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138786 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CFD3E09" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0CFD3E09" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138787" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dispositif / système d'information</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138787 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A4194FE" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A4194FE" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138788" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dispositif d'information mis en place au sein de la MSP</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138788 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70FDB72D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70FDB72D" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138789" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accès du patient à ses données médicales</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138789 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5069308F" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5069308F" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138790" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Modalités de partage des informations de santé</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138790 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E78B77C" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E78B77C" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138791" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Entre les professionnels de la MSP</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138791 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28241293" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28241293" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138792" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:noProof/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avec les autres acteurs du territoire</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138792 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AE95511" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0AE95511" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="880"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="9062"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138793" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:noProof/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gestion et exploitation des données cliniques</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138793 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3471217A" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3471217A" w14:textId="77777777" w:rsidR="00725F41" w:rsidRDefault="00725F41">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc170138794" w:history="1">
-        <w:r w:rsidR="00725F41" w:rsidRPr="00FA5637">
+        <w:r w:rsidRPr="00FA5637">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>ANNEXES</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc170138794 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00725F41">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="731E16EA" w14:textId="77777777" w:rsidR="00A01E36" w:rsidRDefault="003C6CFA" w:rsidP="00260750">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
@@ -6222,71 +6167,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">médecins généralistes, </w:t>
       </w:r>
       <w:r w:rsidR="006013E0">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>chirurgiens-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">dentistes, </w:t>
-[...19 lines deleted...]
-        <w:t>, infirmiers, masseurs-kinésithérapeutes et orthophonistes</w:t>
+        <w:t>dentistes, sages-femmes, infirmiers, masseurs-kinésithérapeutes et orthophonistes</w:t>
       </w:r>
       <w:r w:rsidR="006013E0">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00667A1D">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003A588E">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -7491,71 +7416,51 @@
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D15952D" w14:textId="77777777" w:rsidR="00FE089A" w:rsidRDefault="00FE089A" w:rsidP="00FE089A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">En cas de coexistence de plusieurs structures (association et SISA), l'articulation entre les deux </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> décrite.</w:t>
+        <w:t>En cas de coexistence de plusieurs structures (association et SISA), l'articulation entre les deux est décrite.</w:t>
       </w:r>
       <w:r w:rsidRPr="00871A02">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6008A927" w14:textId="77777777" w:rsidR="008D26B1" w:rsidRDefault="008D26B1" w:rsidP="00FE089A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="474E13C9" w14:textId="77777777" w:rsidR="008D26B1" w:rsidRDefault="008D26B1" w:rsidP="00FE089A">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -8455,1426 +8360,1274 @@
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">code de la santé publique) </w:t>
       </w:r>
       <w:r w:rsidR="00F506B1" w:rsidRPr="00465B36">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>et psychologues concourant de manière permanente au projet de santé</w:t>
       </w:r>
       <w:r w:rsidR="00F506B1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10039" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1261"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1616"/>
+        <w:gridCol w:w="1600"/>
+        <w:gridCol w:w="1708"/>
+        <w:gridCol w:w="1802"/>
+        <w:gridCol w:w="1265"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="2051"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00334B4B" w14:paraId="74C8C0ED" w14:textId="77777777" w:rsidTr="00334B4B">
+      <w:tr w:rsidR="009C3305" w14:paraId="74C8C0ED" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="1600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49EB7A18" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="49EB7A18" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B7B7D1" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="69B7B7D1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4813C99B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="4813C99B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Profession</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2A22BD" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="7D8387EB" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="3A024BB7" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">N°ADELI  </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A024BB7" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
-[...8 lines deleted...]
-          <w:p w14:paraId="051F8360" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="051F8360" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N°RPPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FFAFD3" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="24FFAFD3" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nb de ½ journées travaillées par semaine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0009031B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="0086720D">
+          <w:p w14:paraId="0009031B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="0086720D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Localisation*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00334B4B" w14:paraId="07F1A85F" w14:textId="77777777" w:rsidTr="00334B4B">
+      <w:tr w:rsidR="009C3305" w14:paraId="07F1A85F" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="1600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="549E450D" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="549E450D" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56CBDC10" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="56CBDC10" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65C63192" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="65C63192" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F688D1F" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="68FACB5B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68FACB5B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="78584DE1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78584DE1" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="6EB09930" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="36CCEF89" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD50792" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB09930" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="5CD50792" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="73905BAE" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73905BAE" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="041A14C8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="041A14C8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="32CB6BDF" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="779BE5CA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="40F61CA8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CB6BDF" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="3CB64048" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="5A34CF91" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0E2B64" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40F61CA8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="0DA38641" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB64048" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="6F0E2B64" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="556226E1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA38641" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="4296F590" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="556226E1" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="34576423" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="317A7994" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="17A96FDA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="1EF434D3" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="370BD18E" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4296F590" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="5B73134B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34576423" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="68B814DC" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A96FDA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="370BD18E" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="58E908E8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B73134B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="7F079FBE" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68B814DC" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="628838B4" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="473189D2" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199B378E" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79053C59" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="72AEFF33" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E908E8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="3E8145B5" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F079FBE" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="6562C2A6" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="628838B4" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="199B378E" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="18D244C8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72AEFF33" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="55A572CA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="3B3F2B96" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52812058" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8145B5" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="3EC2AEC1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="005C061A" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="4DB6F356" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6562C2A6" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="27EDF207" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18D244C8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="6E6AC032" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55A572CA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="105C2D36" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00334B4B" w14:paraId="3B3F2B96" w14:textId="77777777" w:rsidTr="00334B4B">
+      <w:tr w:rsidR="009C3305" w14:paraId="6FE45A54" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1261" w:type="dxa"/>
+            <w:tcW w:w="1600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52812058" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="0177F176" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC2AEC1" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="7176F8C8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB6F356" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="7C330458" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA2002E" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="7F4ECE06" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27EDF207" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="0D42B112" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6AC032" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="528FC0CD" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="465BA90A" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266A2AE6" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="105C2D36" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="0177F176" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="51FC8010" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7176F8C8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="5EC9BCBA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C330458" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="28993043" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A9ABB" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="17DD3A1B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4ECE06" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="1D0AE764" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="5421CDC5" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4570C9F0" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D42B112" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="12FFC5D8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528FC0CD" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="266A2AE6" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="7955B825" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51FC8010" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="07C33605" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC9BCBA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="66FC0394" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C5A2061" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="6D223395" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="50634D52" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDFD51C" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28993043" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="38FF6525" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17DD3A1B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="38D80B57" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0AE764" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="4570C9F0" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="2380CF5F" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FFC5D8" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="1FA02D68" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7955B825" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="5EFAA39B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="2EE78980" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9A1EBB" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68866AFC" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="0F999A8B" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C33605" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="12CA793A" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FC0394" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="21E20379" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D223395" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...15 lines deleted...]
-          <w:p w14:paraId="2FDFD51C" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="76AC0382" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38FF6525" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="400F882A" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="04CD04DB" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0392CFF7" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D80B57" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="3240EFC1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1377" w:type="dxa"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5337ECB5" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="003A7B5C" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2380CF5F" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="022965A5" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcW w:w="1613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA02D68" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="092D26AA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1616" w:type="dxa"/>
+            <w:tcW w:w="2051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFAA39B" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
-[...199 lines deleted...]
-          <w:p w14:paraId="2430F252" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="009E6305">
+          <w:p w14:paraId="2430F252" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="009E6305">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="483FFE51" w14:textId="77777777" w:rsidR="00E0360D" w:rsidRDefault="00E0360D" w:rsidP="00E0360D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0C46D3" w14:textId="77777777" w:rsidR="00465B36" w:rsidRPr="00E0360D" w:rsidRDefault="00E0360D" w:rsidP="00E0360D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
@@ -9950,634 +9703,570 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou </w:t>
       </w:r>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>consultations avancées</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> au sein de la MSP :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9945" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1267"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1589"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1790"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="1999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00334B4B" w14:paraId="15FFEF04" w14:textId="77777777" w:rsidTr="00334B4B">
+      <w:tr w:rsidR="009C3305" w14:paraId="15FFEF04" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="1115"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="1593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61CFC281" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="61CFC281" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A65B357" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="7A65B357" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9E00B3" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="2A9E00B3" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Profession</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1264" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8DA2AE" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00334B4B">
+          <w:p w14:paraId="76A6A3E8" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00CB78E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="71EAEC0C" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00CB78E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">N°ADELI </w:t>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71EAEC0C" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00CB78E9">
-[...8 lines deleted...]
-          <w:p w14:paraId="5C6E706F" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00CB78E9">
+          <w:p w14:paraId="5C6E706F" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00CB78E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N°RPPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DC37B5" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="13DC37B5" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nb de ½ journées travaillées par semaine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="1999" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0251C504" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="0251C504" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>½</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> journées concernées</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00334B4B" w14:paraId="743417CB" w14:textId="77777777" w:rsidTr="00334B4B">
+      <w:tr w:rsidR="009C3305" w14:paraId="743417CB" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1267" w:type="dxa"/>
+            <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168127A7" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="168127A7" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73DAE8D0" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="73DAE8D0" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302267C7" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="302267C7" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
+            <w:tcW w:w="1264" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F40CA5" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="5795D721" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5795D721" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="2A6AE7E1" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6AE7E1" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="624E62E0" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="706F922F" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D81C095" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="624E62E0" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
-[...15 lines deleted...]
-          <w:p w14:paraId="0D81C095" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="45C5D517" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C5D517" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="518CBFB3" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1264" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518CBFB3" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="51649E20" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA328E5" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="1C130FAA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51649E20" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="224C9EAA" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="60BB89A3" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0347F849" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C130FAA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="7B0CA883" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="224C9EAA" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
-[...15 lines deleted...]
-          <w:p w14:paraId="0347F849" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="2FA998F0" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1264" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0CA883" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="416D0307" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA998F0" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="0E1A0D45" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1381" w:type="dxa"/>
+            <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185CF699" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="187BCEDC" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C3305" w14:paraId="4785F355" w14:textId="77777777" w:rsidTr="009C3305">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="159C2981" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="416D0307" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="22F0F3EF" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:tcW w:w="1790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1A0D45" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="10CAE8E6" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:tcW w:w="1264" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="187BCEDC" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
-[...15 lines deleted...]
-          <w:p w14:paraId="159C2981" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="133E6825" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F0F3EF" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="5C2E1C32" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1423" w:type="dxa"/>
+            <w:tcW w:w="1999" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10CAE8E6" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
-[...55 lines deleted...]
-          <w:p w14:paraId="6FFC9250" w14:textId="77777777" w:rsidR="00334B4B" w:rsidRDefault="00334B4B" w:rsidP="00603328">
+          <w:p w14:paraId="6FFC9250" w14:textId="77777777" w:rsidR="009C3305" w:rsidRDefault="009C3305" w:rsidP="00603328">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="78D4EFD9" w14:textId="77777777" w:rsidR="00876CEC" w:rsidRDefault="00876CEC" w:rsidP="009E6305">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C024E39" w14:textId="77777777" w:rsidR="00063474" w:rsidRDefault="00063474" w:rsidP="009E6305">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -14698,71 +14387,51 @@
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17A73E62" w14:textId="77777777" w:rsidR="008E6C09" w:rsidRDefault="008E6C09" w:rsidP="008E6C09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les consultations / vacations de </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et/ou chirurgiens-dentistes extérieurs à la </w:t>
+        <w:t xml:space="preserve">Les consultations / vacations de sages-femmes et/ou chirurgiens-dentistes extérieurs à la </w:t>
       </w:r>
       <w:r w:rsidR="005A1EF4">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MSP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sont mentionnées </w:t>
       </w:r>
       <w:r w:rsidR="00334450">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -14954,73 +14623,51 @@
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F45C6">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">consultations de second recours par </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0B37">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">des médecins spécialistes ou d’accès à des </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> ou des chirurgiens-dentistes</w:t>
+        <w:t>des médecins spécialistes ou d’accès à des sages-femmes ou des chirurgiens-dentistes</w:t>
       </w:r>
       <w:r w:rsidR="003439C0" w:rsidRPr="00FB0B37">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou pharmaciens d'officine</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0B37">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> su</w:t>
       </w:r>
       <w:r w:rsidR="008F45C6" w:rsidRPr="00FB0B37">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -16016,67 +15663,393 @@
         <w:t xml:space="preserve">Mise en œuvre d’actions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1971B0F9" w14:textId="77777777" w:rsidR="00437C4D" w:rsidRPr="00437C4D" w:rsidRDefault="00437C4D" w:rsidP="00437C4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dès la survenue d’une crise sanitaire grave, est valorisée toute action pouvant répondre aux besoins en soins des patients : prise en charge spécifique des patients atteints par la crise sanitaire (protocoles, prévention, etc.) et adaptation de la structure pour faciliter la prise en charge des patients « fragiles » durant la période de crise en lien avec le plan de préparation rédigé (cf. point 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399EFE59" w14:textId="77777777" w:rsidR="00271A88" w:rsidRDefault="00271A88" w:rsidP="00AB734E">
-      <w:pPr>
+    <w:p w14:paraId="399EFE59" w14:textId="77777777" w:rsidR="00271A88" w:rsidRDefault="00271A88" w:rsidP="007F0742">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23907786" w14:textId="77777777" w:rsidR="001B4625" w:rsidRDefault="001B4625" w:rsidP="00AB734E">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="06072862" w14:textId="04AB38EB" w:rsidR="007F0742" w:rsidRPr="007F0742" w:rsidRDefault="007F0742" w:rsidP="007F0742">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dans le cadre de l’ACI d’une MSP, il est demandé à la MSP a minima, comme critère socle, de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>constituer une cellule de crise et d’en tenir à jour la liste de contacts et dans le cadre de cette cellule,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d’avoir aborder en équipe les 4 sujets suivants, avec une liberté d’organisation propre à chaque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>structure :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ACDDB9" w14:textId="5D9C0CF2" w:rsidR="007F0742" w:rsidRPr="007F0742" w:rsidRDefault="007F0742" w:rsidP="007F0742">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Anticiper / Avoir identifié les ressources : constituer la cellule de crise ; acculturer via cette cellule</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l’ensemble de l’équipe aux notions de crise et de risque ; identifier les ressources ; avoir pris contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>avec la CPTS sur le sujet crise sanitaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66131398" w14:textId="75821B9C" w:rsidR="007F0742" w:rsidRPr="007F0742" w:rsidRDefault="007F0742" w:rsidP="007F0742">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. S'adapter / avoir identifié certains risques et réponses : le champ d’actions est vaste ! Les pages qui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suivent ne visent pas l’exhaustivité mais des suggestions de questions, à titre indicatif. Elles présentent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de façon méthodique un exemple de démarche d’équipe, réflexive, sur l’identification des principaux</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>risques et interlocuteurs, à réaliser en équipe pluriprofessionnelle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12611BEF" w14:textId="6D1EEE6A" w:rsidR="007F0742" w:rsidRPr="007F0742" w:rsidRDefault="007F0742" w:rsidP="007F0742">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. Activer le plan de crise / Organiser la réponse pluriprofessionnelle : la cellule de crise de la MSP doit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pouvoir être décisionnaire si une crise sanitaire est déclenchée et traiter des objectifs listés en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rubrique (3) ci-après. La communication avec les autorités sanitaires, les autres acteurs de santé et les</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>patients fait partie intégrante de ces objectifs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23907786" w14:textId="3279583F" w:rsidR="001B4625" w:rsidRPr="007F0742" w:rsidRDefault="007F0742" w:rsidP="007F0742">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0742">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4. Aller vers / rendre compte : pendant la crise prévoir un retour d’expérience en sortie de crise.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="78460553" w14:textId="77777777" w:rsidR="00AB734E" w:rsidRDefault="00AB734E" w:rsidP="00AB734E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31474374" w14:textId="77777777" w:rsidR="00491DDA" w:rsidRDefault="001247AE" w:rsidP="00113DEE">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc170138776"/>
       <w:r>
         <w:t>Travail en équipe pluri-professionnelle</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="15F38E30" w14:textId="77777777" w:rsidR="00D95163" w:rsidRDefault="00D95163" w:rsidP="009C5F83">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -16932,50 +16905,51 @@
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59A18A29" w14:textId="77777777" w:rsidR="002E34D1" w:rsidRPr="00725F41" w:rsidRDefault="007C54BD" w:rsidP="002E34D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725F41">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Un bilan des</w:t>
       </w:r>
       <w:r w:rsidR="00690C05" w:rsidRPr="00725F41">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> revues pluriprofessionnelles</w:t>
       </w:r>
       <w:r w:rsidRPr="00725F41">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur cas complexes menées les années précédentes (nombre, catégorie de professionnels associés et type de pathologies traitées) ainsi que le programme de travail pour l'année à venir </w:t>
       </w:r>
       <w:r w:rsidR="00725F41" w:rsidRPr="00725F41">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -17247,51 +17221,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E62ECF" w14:textId="77777777" w:rsidR="00CF4F4E" w:rsidRDefault="00CF4F4E" w:rsidP="000D7EDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A9E8D19" w14:textId="77777777" w:rsidR="002207D2" w:rsidRPr="005E71FC" w:rsidRDefault="002207D2" w:rsidP="000D7EDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F97C004" w14:textId="77777777" w:rsidR="00E237B3" w:rsidRDefault="007930D0" w:rsidP="00113DEE">
       <w:pPr>
         <w:pStyle w:val="Style2"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc170138779"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Elaboration</w:t>
       </w:r>
       <w:r w:rsidR="00E237B3">
         <w:t xml:space="preserve"> de protocoles </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E237B3">
         <w:t>pluri</w:t>
       </w:r>
       <w:r w:rsidR="0006241A">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00E237B3">
         <w:t>professionnels</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1BAE1B51" w14:textId="77777777" w:rsidR="007930D0" w:rsidRDefault="007930D0" w:rsidP="007930D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -18174,50 +18147,51 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3775A394" w14:textId="77777777" w:rsidR="00653159" w:rsidRPr="002F79C2" w:rsidRDefault="00653159" w:rsidP="000D7EDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Valorisation de la mise en œuvre de protocoles nationaux de coopération des soins non programmés ayant fait l’objet d’un avis favorable de la Haute Autorité de Santé le 29 janvier 2020 et d’une autorisation par arrêté ministériel le 6 mars 2020 (JO du 8 mars 2020)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37114187" w14:textId="77777777" w:rsidR="00653159" w:rsidRPr="002F79C2" w:rsidRDefault="00653159" w:rsidP="000D7EDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C0BACF0" w14:textId="77777777" w:rsidR="00653159" w:rsidRPr="002F79C2" w:rsidRDefault="00653159" w:rsidP="000D7EDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -18388,63 +18362,51 @@
           <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Optimisation de la fréquence de suivi médical (médecin généraliste, cardiologue, infirmiers) en ville et/ou en suivi externe en établissement selon les recommandations de la HAS 2014, </w:t>
-[...11 lines deleted...]
-        <w:t>notamment en sortie d’hospitalisation au décours d’une décompensation aiguë de l’insuffisance cardiaque. ;</w:t>
+        <w:t>Optimisation de la fréquence de suivi médical (médecin généraliste, cardiologue, infirmiers) en ville et/ou en suivi externe en établissement selon les recommandations de la HAS 2014, notamment en sortie d’hospitalisation au décours d’une décompensation aiguë de l’insuffisance cardiaque. ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBFEE05" w14:textId="77777777" w:rsidR="00653159" w:rsidRPr="002F79C2" w:rsidRDefault="00653159" w:rsidP="00653159">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
@@ -19457,51 +19419,50 @@
     </w:p>
     <w:p w14:paraId="0652C9F7" w14:textId="77777777" w:rsidR="00AA755A" w:rsidRPr="00616C30" w:rsidRDefault="00AA755A" w:rsidP="00AA755A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="00B050"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="00B050"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="00B050"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616C30">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NB</w:t>
       </w:r>
       <w:r w:rsidRPr="00616C30">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00616C30" w:rsidRPr="00616C30">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pour obtenir, sur </w:t>
       </w:r>
       <w:r w:rsidR="00CF4F4E">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -20536,51 +20497,50 @@
     <w:p w14:paraId="7F13D4B6" w14:textId="77777777" w:rsidR="00193D00" w:rsidRPr="002F79C2" w:rsidRDefault="00193D00" w:rsidP="00193D00">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Identifier une action d’amélioration en fonction d</w:t>
       </w:r>
       <w:r w:rsidR="00CF4F4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e la situation de la structure </w:t>
       </w:r>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">parmi les thèmes suivants et déterminer un objectif d’amélioration : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D43591" w14:textId="77777777" w:rsidR="00193D00" w:rsidRPr="002F79C2" w:rsidRDefault="00193D00" w:rsidP="00193D00">
       <w:pPr>
@@ -21341,50 +21301,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE72286" w14:textId="77777777" w:rsidR="00CA49B4" w:rsidRPr="002F79C2" w:rsidRDefault="00CA49B4" w:rsidP="00CA49B4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>partagé</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> entre les médecins généralistes de la structure ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502432CA" w14:textId="77777777" w:rsidR="00CA49B4" w:rsidRPr="002F79C2" w:rsidRDefault="00CA49B4" w:rsidP="00CA49B4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -21814,51 +21775,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5A5E13BF" w14:textId="77777777" w:rsidR="00325C1B" w:rsidRDefault="00325C1B" w:rsidP="00B8231C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="00B050"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="00B050"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="00B050"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="00B050"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Une rémunération supplémentaire</w:t>
       </w:r>
       <w:r w:rsidR="00300A4B" w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (critère </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00300A4B" w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>optionne)</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00300A4B" w:rsidRPr="002F79C2">
         <w:rPr>
           <w:i/>
@@ -23764,186 +23724,181 @@
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32188D62" w14:textId="77777777" w:rsidR="00725F41" w:rsidRPr="00C06199" w:rsidRDefault="00725F41" w:rsidP="00C06199">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00725F41" w:rsidRPr="00C06199" w:rsidSect="00404334">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4BA51524" w14:textId="77777777" w:rsidR="0055058D" w:rsidRDefault="0055058D" w:rsidP="00DC3A4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1659A997" w14:textId="77777777" w:rsidR="0055058D" w:rsidRDefault="0055058D" w:rsidP="00DC3A4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="7721996"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="47208226" w14:textId="5CBE010A" w:rsidR="00484308" w:rsidRDefault="00484308">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="70FB21F7" w14:textId="01D0ECFE" w:rsidR="006013E0" w:rsidRDefault="006013E0">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="181DCD36" w14:textId="77777777" w:rsidR="0055058D" w:rsidRDefault="0055058D" w:rsidP="00DC3A4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6D6D5CA2" w14:textId="77777777" w:rsidR="0055058D" w:rsidRDefault="0055058D" w:rsidP="00DC3A4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="23EDA03B" w14:textId="77777777" w:rsidR="006013E0" w:rsidRDefault="006013E0" w:rsidP="00DC3A4E">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -23996,51 +23951,51 @@
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="00672899">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>http://vosdroits.service-public.fr/associations/R2628.xhtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00672899">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05CE5295"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB1EB226"/>
     <w:lvl w:ilvl="0" w:tplc="06729106">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E8466408">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Style3"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -26266,52 +26221,52 @@
   <w:num w:numId="15" w16cid:durableId="1541670160">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2075351581">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2130471881">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2024434343">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="583729734">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="887256714">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2072724516">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E56F89"/>
     <w:rsid w:val="00002416"/>
@@ -26356,50 +26311,51 @@
     <w:rsid w:val="000F6ADC"/>
     <w:rsid w:val="000F7A78"/>
     <w:rsid w:val="00103C5D"/>
     <w:rsid w:val="00106348"/>
     <w:rsid w:val="00112A36"/>
     <w:rsid w:val="00113DEE"/>
     <w:rsid w:val="00121E78"/>
     <w:rsid w:val="001247AE"/>
     <w:rsid w:val="00126244"/>
     <w:rsid w:val="00127156"/>
     <w:rsid w:val="0015390B"/>
     <w:rsid w:val="001553FE"/>
     <w:rsid w:val="00157C62"/>
     <w:rsid w:val="00161331"/>
     <w:rsid w:val="00166212"/>
     <w:rsid w:val="001662DE"/>
     <w:rsid w:val="00173F8D"/>
     <w:rsid w:val="00190635"/>
     <w:rsid w:val="00193D00"/>
     <w:rsid w:val="00193E34"/>
     <w:rsid w:val="00195EC6"/>
     <w:rsid w:val="001A11B3"/>
     <w:rsid w:val="001B44C5"/>
     <w:rsid w:val="001B4625"/>
     <w:rsid w:val="001B727D"/>
+    <w:rsid w:val="001C65CF"/>
     <w:rsid w:val="001D102D"/>
     <w:rsid w:val="001D1DDE"/>
     <w:rsid w:val="001E42D5"/>
     <w:rsid w:val="001F06EF"/>
     <w:rsid w:val="001F391C"/>
     <w:rsid w:val="001F4B8A"/>
     <w:rsid w:val="002057FA"/>
     <w:rsid w:val="002207D2"/>
     <w:rsid w:val="00223C85"/>
     <w:rsid w:val="002252FE"/>
     <w:rsid w:val="00230AC0"/>
     <w:rsid w:val="00230B4E"/>
     <w:rsid w:val="00244B6F"/>
     <w:rsid w:val="002462BD"/>
     <w:rsid w:val="002516A7"/>
     <w:rsid w:val="00260750"/>
     <w:rsid w:val="002629F3"/>
     <w:rsid w:val="002635B3"/>
     <w:rsid w:val="0026569F"/>
     <w:rsid w:val="00265926"/>
     <w:rsid w:val="00271A88"/>
     <w:rsid w:val="00271B6A"/>
     <w:rsid w:val="00273E50"/>
     <w:rsid w:val="00283E6D"/>
     <w:rsid w:val="002853B4"/>
@@ -26603,50 +26559,51 @@
     <w:rsid w:val="00760952"/>
     <w:rsid w:val="007646BC"/>
     <w:rsid w:val="00764814"/>
     <w:rsid w:val="00766E2D"/>
     <w:rsid w:val="00774D63"/>
     <w:rsid w:val="00775778"/>
     <w:rsid w:val="007767DE"/>
     <w:rsid w:val="007818C8"/>
     <w:rsid w:val="007930D0"/>
     <w:rsid w:val="007A0DCC"/>
     <w:rsid w:val="007A33B0"/>
     <w:rsid w:val="007A3668"/>
     <w:rsid w:val="007A68C0"/>
     <w:rsid w:val="007B48E4"/>
     <w:rsid w:val="007B4E7A"/>
     <w:rsid w:val="007B556C"/>
     <w:rsid w:val="007B6EFD"/>
     <w:rsid w:val="007C0DE1"/>
     <w:rsid w:val="007C54BD"/>
     <w:rsid w:val="007C6C74"/>
     <w:rsid w:val="007C7A03"/>
     <w:rsid w:val="007D4BC6"/>
     <w:rsid w:val="007D68FA"/>
     <w:rsid w:val="007E1867"/>
     <w:rsid w:val="007E7492"/>
+    <w:rsid w:val="007F0742"/>
     <w:rsid w:val="008006C6"/>
     <w:rsid w:val="00804419"/>
     <w:rsid w:val="008048DC"/>
     <w:rsid w:val="00807554"/>
     <w:rsid w:val="00815E0E"/>
     <w:rsid w:val="0082366F"/>
     <w:rsid w:val="0082766C"/>
     <w:rsid w:val="00827D84"/>
     <w:rsid w:val="00831D52"/>
     <w:rsid w:val="00842652"/>
     <w:rsid w:val="00846E42"/>
     <w:rsid w:val="008472C5"/>
     <w:rsid w:val="00854B17"/>
     <w:rsid w:val="008659FE"/>
     <w:rsid w:val="0086720D"/>
     <w:rsid w:val="00871A02"/>
     <w:rsid w:val="00876CEC"/>
     <w:rsid w:val="00882234"/>
     <w:rsid w:val="00893A68"/>
     <w:rsid w:val="00895C83"/>
     <w:rsid w:val="008961F4"/>
     <w:rsid w:val="00896C83"/>
     <w:rsid w:val="00897519"/>
     <w:rsid w:val="008A14F5"/>
     <w:rsid w:val="008A45C4"/>
@@ -26670,50 +26627,51 @@
     <w:rsid w:val="00916E79"/>
     <w:rsid w:val="00921192"/>
     <w:rsid w:val="00923726"/>
     <w:rsid w:val="00926624"/>
     <w:rsid w:val="00927DF8"/>
     <w:rsid w:val="00931CCF"/>
     <w:rsid w:val="009332EB"/>
     <w:rsid w:val="00944F9C"/>
     <w:rsid w:val="0095043D"/>
     <w:rsid w:val="00954535"/>
     <w:rsid w:val="0095601A"/>
     <w:rsid w:val="009627BF"/>
     <w:rsid w:val="0097722F"/>
     <w:rsid w:val="00977905"/>
     <w:rsid w:val="00981B84"/>
     <w:rsid w:val="00983A7C"/>
     <w:rsid w:val="00984F4E"/>
     <w:rsid w:val="00987FFE"/>
     <w:rsid w:val="00990EE4"/>
     <w:rsid w:val="00991207"/>
     <w:rsid w:val="00993B68"/>
     <w:rsid w:val="009A4E47"/>
     <w:rsid w:val="009B02B2"/>
     <w:rsid w:val="009B43A6"/>
     <w:rsid w:val="009B5D70"/>
+    <w:rsid w:val="009C3305"/>
     <w:rsid w:val="009C5F83"/>
     <w:rsid w:val="009C6CD1"/>
     <w:rsid w:val="009E52A8"/>
     <w:rsid w:val="009E6305"/>
     <w:rsid w:val="009F19BE"/>
     <w:rsid w:val="009F1D21"/>
     <w:rsid w:val="009F2583"/>
     <w:rsid w:val="009F399D"/>
     <w:rsid w:val="009F7996"/>
     <w:rsid w:val="00A01E36"/>
     <w:rsid w:val="00A02366"/>
     <w:rsid w:val="00A05C12"/>
     <w:rsid w:val="00A05C5C"/>
     <w:rsid w:val="00A062D6"/>
     <w:rsid w:val="00A11A17"/>
     <w:rsid w:val="00A25CDB"/>
     <w:rsid w:val="00A27994"/>
     <w:rsid w:val="00A30997"/>
     <w:rsid w:val="00A31EC4"/>
     <w:rsid w:val="00A36270"/>
     <w:rsid w:val="00A37285"/>
     <w:rsid w:val="00A44B58"/>
     <w:rsid w:val="00A5488E"/>
     <w:rsid w:val="00A55B45"/>
     <w:rsid w:val="00A601B1"/>
@@ -26726,50 +26684,51 @@
     <w:rsid w:val="00A84608"/>
     <w:rsid w:val="00A863F7"/>
     <w:rsid w:val="00A8752D"/>
     <w:rsid w:val="00A908E2"/>
     <w:rsid w:val="00A92BD4"/>
     <w:rsid w:val="00A9482E"/>
     <w:rsid w:val="00AA28F1"/>
     <w:rsid w:val="00AA4AF0"/>
     <w:rsid w:val="00AA755A"/>
     <w:rsid w:val="00AB734E"/>
     <w:rsid w:val="00AC061F"/>
     <w:rsid w:val="00AC55E0"/>
     <w:rsid w:val="00AC7C0F"/>
     <w:rsid w:val="00AC7D58"/>
     <w:rsid w:val="00AD2C96"/>
     <w:rsid w:val="00AD38DC"/>
     <w:rsid w:val="00AE1598"/>
     <w:rsid w:val="00AE6365"/>
     <w:rsid w:val="00AE6779"/>
     <w:rsid w:val="00AE6F8E"/>
     <w:rsid w:val="00B00299"/>
     <w:rsid w:val="00B039DB"/>
     <w:rsid w:val="00B06FDC"/>
     <w:rsid w:val="00B15D9F"/>
     <w:rsid w:val="00B20B97"/>
+    <w:rsid w:val="00B213E9"/>
     <w:rsid w:val="00B308AF"/>
     <w:rsid w:val="00B32D46"/>
     <w:rsid w:val="00B603B9"/>
     <w:rsid w:val="00B616F0"/>
     <w:rsid w:val="00B6224B"/>
     <w:rsid w:val="00B64FF9"/>
     <w:rsid w:val="00B74707"/>
     <w:rsid w:val="00B8231C"/>
     <w:rsid w:val="00B8465F"/>
     <w:rsid w:val="00B8508C"/>
     <w:rsid w:val="00B86A73"/>
     <w:rsid w:val="00B86B42"/>
     <w:rsid w:val="00B90920"/>
     <w:rsid w:val="00B9529A"/>
     <w:rsid w:val="00B95A3E"/>
     <w:rsid w:val="00B97B6B"/>
     <w:rsid w:val="00BB0568"/>
     <w:rsid w:val="00BB110E"/>
     <w:rsid w:val="00BB24A1"/>
     <w:rsid w:val="00BC6B24"/>
     <w:rsid w:val="00BD0620"/>
     <w:rsid w:val="00BD4A23"/>
     <w:rsid w:val="00BE2DDF"/>
     <w:rsid w:val="00BE34FE"/>
     <w:rsid w:val="00BE6E43"/>
@@ -26821,50 +26780,51 @@
     <w:rsid w:val="00D13594"/>
     <w:rsid w:val="00D151C2"/>
     <w:rsid w:val="00D15C21"/>
     <w:rsid w:val="00D271C3"/>
     <w:rsid w:val="00D30447"/>
     <w:rsid w:val="00D31462"/>
     <w:rsid w:val="00D33852"/>
     <w:rsid w:val="00D406EF"/>
     <w:rsid w:val="00D4134F"/>
     <w:rsid w:val="00D44D16"/>
     <w:rsid w:val="00D467FE"/>
     <w:rsid w:val="00D57F1B"/>
     <w:rsid w:val="00D60362"/>
     <w:rsid w:val="00D614C6"/>
     <w:rsid w:val="00D63346"/>
     <w:rsid w:val="00D72A5F"/>
     <w:rsid w:val="00D77698"/>
     <w:rsid w:val="00D807C3"/>
     <w:rsid w:val="00D94827"/>
     <w:rsid w:val="00D95163"/>
     <w:rsid w:val="00D95B58"/>
     <w:rsid w:val="00DC0092"/>
     <w:rsid w:val="00DC0F46"/>
     <w:rsid w:val="00DC3A4E"/>
     <w:rsid w:val="00DC4881"/>
+    <w:rsid w:val="00DC666D"/>
     <w:rsid w:val="00DC687B"/>
     <w:rsid w:val="00DD4AC6"/>
     <w:rsid w:val="00DD5F49"/>
     <w:rsid w:val="00DE38A4"/>
     <w:rsid w:val="00DE5CC2"/>
     <w:rsid w:val="00DE6334"/>
     <w:rsid w:val="00DE722C"/>
     <w:rsid w:val="00DF22DD"/>
     <w:rsid w:val="00DF3068"/>
     <w:rsid w:val="00DF4242"/>
     <w:rsid w:val="00DF7885"/>
     <w:rsid w:val="00DF7A24"/>
     <w:rsid w:val="00DF7BAD"/>
     <w:rsid w:val="00E0360D"/>
     <w:rsid w:val="00E03614"/>
     <w:rsid w:val="00E043C5"/>
     <w:rsid w:val="00E07DAB"/>
     <w:rsid w:val="00E12FAD"/>
     <w:rsid w:val="00E231E0"/>
     <w:rsid w:val="00E237B3"/>
     <w:rsid w:val="00E2460B"/>
     <w:rsid w:val="00E30C64"/>
     <w:rsid w:val="00E34CF4"/>
     <w:rsid w:val="00E41881"/>
     <w:rsid w:val="00E41D5D"/>
@@ -26933,51 +26893,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25AC5B27"/>
   <w15:docId w15:val="{BE340470-D150-4979-9516-D501312695CB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -28221,51 +28181,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DD4AC6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ParagraphedelisteCar">
     <w:name w:val="Paragraphe de liste Car"/>
     <w:link w:val="Paragraphedeliste"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00193D00"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.martinique.ars.sante.fr/mettre-en-place-un-programme-etp" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esante.gouv.fr/services/labellisation" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vosdroits.service-public.fr/associations/R2628.xhtml" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insee.fr/fr/service/default.asp?page=entreprises/sirene/sirene_dr.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -28539,66 +28499,95 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{353A862B-2B01-45EE-882A-ACE2CE7B5C6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>37625</Characters>
+  <Pages>18</Pages>
+  <Words>7020</Words>
+  <Characters>38610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>313</Lines>
-  <Paragraphs>88</Paragraphs>
+  <Lines>321</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MSS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44377</CharactersWithSpaces>
+  <CharactersWithSpaces>45539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>mafaure</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-20T13:56:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>7d35a7a8-736b-4d8e-bcc0-3cfdacc01216</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>