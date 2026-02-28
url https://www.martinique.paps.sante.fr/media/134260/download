--- v0 (2025-10-07)
+++ v1 (2026-02-28)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="16F7CADA" w14:textId="77777777" w:rsidR="006C291A" w:rsidRPr="003F1900" w:rsidRDefault="006C291A" w:rsidP="006C291A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1900">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Projet de santé</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2DC684" w14:textId="77777777" w:rsidR="006C291A" w:rsidRPr="00032F2A" w:rsidRDefault="006C291A" w:rsidP="006C291A">
       <w:pPr>
@@ -827,2024 +828,2024 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1ED69BCE" w14:textId="4305D7CF" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="1ED69BCE" w14:textId="4305D7CF" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="660"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604078" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>DIAGNOSTIC PREALABLE DES BESOINS DU TERRITOIRE</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604078 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A23F58B" w14:textId="781F7507" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="2A23F58B" w14:textId="781F7507" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604079" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Caractéristiques de la population prise en charge dans le territoire de réference du centre de santé</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604079 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="408FA8D1" w14:textId="52B51325" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="408FA8D1" w14:textId="52B51325" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604080" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>b.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Etat de l’offre sanitaire, sociale et médico-sociale du territoire</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604080 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="624C332A" w14:textId="5BB63E92" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="624C332A" w14:textId="5BB63E92" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604081" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Priorités de santé publique du territoire et ses problématiques en matière d’accès aux soins</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604081 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2053B8E9" w14:textId="4FBF9151" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="2053B8E9" w14:textId="4FBF9151" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604082" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Les modalités de réalisation du diagnostic au regard de la population</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604082 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46E996A4" w14:textId="7265EDE5" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="46E996A4" w14:textId="7265EDE5" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604083" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>e.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Les principaux besoins identifiés dans ce diagnostic</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604083 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A44DCCF" w14:textId="3BC94A8B" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="0A44DCCF" w14:textId="3BC94A8B" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="660"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604084" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>MISSIONS ET ACTIVITES DU CENTRE</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604084 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ED7B2C4" w14:textId="56F31ADF" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="0ED7B2C4" w14:textId="56F31ADF" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604085" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Présentation du centre de santé</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604085 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03F1BA36" w14:textId="0986D957" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="03F1BA36" w14:textId="0986D957" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604086" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>b.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Professionnels exerçant dans le centre de santé</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604086 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B815526" w14:textId="55F891CD" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="6B815526" w14:textId="55F891CD" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604087" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Jours et heures d’ouverture et de fermeture du centre (et de son/ses antennes)</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604087 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BAC8119" w14:textId="67C44CD5" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="5BAC8119" w14:textId="67C44CD5" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604088" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Activités assurées par le centre de santé</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604088 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03E18450" w14:textId="7887377F" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="03E18450" w14:textId="7887377F" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604089" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>e.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Accès aux soins</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604089 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D9D9792" w14:textId="2DCFFE3D" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="7D9D9792" w14:textId="2DCFFE3D" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604090" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>f.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Continuité des soins</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604090 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21CCCA2E" w14:textId="35A537DC" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="21CCCA2E" w14:textId="35A537DC" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604091" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>g.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Qualité de la prise en charge</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604091 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48751037" w14:textId="1D578ED9" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="48751037" w14:textId="1D578ED9" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604092" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>h.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Activités innovantes associées à la prise en charge des patients</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604092 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DFBEF16" w14:textId="3F4A743F" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="4DFBEF16" w14:textId="3F4A743F" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604093" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>i.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Développement professionnel continu – Démarche qualité</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604093 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5510086A" w14:textId="17638B80" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="5510086A" w14:textId="17638B80" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM4"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604094" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>j.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Accueil d’étudiant - Recherche</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604094 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="631FBA26" w14:textId="6C0D96F8" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="631FBA26" w14:textId="6C0D96F8" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="660"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604095" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>COORDINATION INTERNE ET EXTERNE</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604095 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5335365F" w14:textId="4B441A8E" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="5335365F" w14:textId="4B441A8E" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM5"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604096" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Coordination interne des professionnels de santé</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604096 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B73A9F0" w14:textId="319EBF7D" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="3B73A9F0" w14:textId="319EBF7D" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM5"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604097" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>b.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Coordination des soins autour du patient</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604097 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5F4B2458" w14:textId="1FFD7739" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="5F4B2458" w14:textId="1FFD7739" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM5"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604098" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dispositif de partage de l’information</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604098 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60BE1ABC" w14:textId="099A2947" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="60BE1ABC" w14:textId="099A2947" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM5"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604099" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="fr-FR"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Coopération et coordination externe</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604099 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7814852C" w14:textId="134B4C97" w:rsidR="001E7A64" w:rsidRDefault="002A67EE" w:rsidP="001E7A64">
+        <w:p w14:paraId="7814852C" w14:textId="134B4C97" w:rsidR="001E7A64" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:pStyle w:val="TM1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="fr-FR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc171604100" w:history="1">
-            <w:r w:rsidR="001E7A64" w:rsidRPr="00E27E64">
+            <w:r w:rsidRPr="00E27E64">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>CONCLUSION</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc171604100 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="001E7A64">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E7A64">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="001E7A64">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="798E1019" w14:textId="4645D1E2" w:rsidR="00C50F8E" w:rsidRDefault="001E7A64" w:rsidP="001E7A64">
           <w:pPr>
             <w:spacing w:line="360" w:lineRule="auto"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1BAC2E31" w14:textId="116691F5" w:rsidR="003F1900" w:rsidRDefault="003F1900" w:rsidP="00ED7058">
       <w:pPr>
         <w:spacing w:before="120" w:afterLines="120" w:after="288"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
@@ -3912,69 +3913,69 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00032F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>QUALITE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16103BE1" w14:textId="1F12DABE" w:rsidR="00CB588F" w:rsidRPr="00032F2A" w:rsidRDefault="00CB588F" w:rsidP="004D2500">
+          <w:p w14:paraId="16103BE1" w14:textId="6BE464C7" w:rsidR="00CB588F" w:rsidRPr="00032F2A" w:rsidRDefault="00CB588F" w:rsidP="004D2500">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00032F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>N° ADELI ou RPPS</w:t>
+              <w:t>N° RPPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07D5D426" w14:textId="315E7CFF" w:rsidR="00CB588F" w:rsidRPr="00032F2A" w:rsidRDefault="00CB588F" w:rsidP="004D2500">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00032F2A">
               <w:rPr>
@@ -5095,155 +5096,159 @@
         <w:t xml:space="preserve">Préciser </w:t>
       </w:r>
       <w:r w:rsidR="00C57447">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00C57447">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es missions et activités portées par le centre de santé (et son/ses antennes) au regard notamment :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B347AD" w14:textId="77777777" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
-[...23 lines deleted...]
-    <w:p w14:paraId="06D1B342" w14:textId="18971F52" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
+    <w:p w14:paraId="66B347AD" w14:textId="7EA51089" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="00075B3B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57447">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>de la prévention ;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35D6B023" w14:textId="7E2D6DEA" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
+        <w:t>des soins ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D1B342" w14:textId="18971F52" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57447">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>des actions de santé publique et d’éducation pour la santé ;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="231EE3B9" w14:textId="16A8EE33" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
+        <w:t>de la prévention ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D6B023" w14:textId="7E2D6DEA" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C57447">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>des actions de santé publique et d’éducation pour la santé ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231EE3B9" w14:textId="16A8EE33" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57447">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>des activités innovantes telles que la télémédecine, l’éducation thérapeutique du patient (au sens de l’article L. 1161-1 du code de la santé publique) ou la participation à un programme de recherche en soins primaires.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA8C4BA" w14:textId="77777777" w:rsidR="00C57447" w:rsidRPr="00C57447" w:rsidRDefault="00C57447" w:rsidP="0082126A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E6C67E4" w14:textId="69C6D365" w:rsidR="0082126A" w:rsidRPr="00C57447" w:rsidRDefault="0082126A" w:rsidP="0082126A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
@@ -5467,76 +5472,100 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A921E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">cas échéant dans le cadre de consultations dédiées et de formations spécifiques du personnel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3326F89C" w14:textId="43794411" w:rsidR="004D2500" w:rsidRDefault="00A921E0" w:rsidP="00A921E0">
+    <w:p w14:paraId="3326F89C" w14:textId="450F0729" w:rsidR="004D2500" w:rsidRDefault="00A921E0" w:rsidP="00A921E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A921E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>à la prise en charge de ces catégorie sde personnes</w:t>
+        <w:t>à la prise en charge de ces catégories</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3DC2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A921E0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>de personnes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C4ABCC" w14:textId="77777777" w:rsidR="002E2F64" w:rsidRPr="002E2F64" w:rsidRDefault="002E2F64" w:rsidP="00A921E0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2505F106" w14:textId="14CA6CF5" w:rsidR="002E2F64" w:rsidRDefault="002E2F64" w:rsidP="002E2F64">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -5969,157 +5998,205 @@
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Précisez les modalités de prise en charge du patient par l’ensemble des médecins de la structure, en cas d’absence de son médecin habituel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009116F3" w14:textId="77777777" w:rsidR="00196C30" w:rsidRPr="00D94073" w:rsidRDefault="00196C30" w:rsidP="00196C30">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="181DFA95" w14:textId="77777777" w:rsidR="00196C30" w:rsidRDefault="00196C30" w:rsidP="00196C30">
+    <w:p w14:paraId="181DFA95" w14:textId="07249C1C" w:rsidR="00196C30" w:rsidRDefault="00196C30" w:rsidP="00196C30">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006607E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Existence de</w:t>
       </w:r>
       <w:r w:rsidRPr="004D2500">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> plages horaires volontairement laissées vacantes chaque jour en prévision des consultations non programmées  </w:t>
+        <w:t xml:space="preserve"> plages horaires volontairement laissées vacantes chaque jour en prévision des consultations non programmées</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3DC2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t> ; lien avec le SAS en journée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D2500">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB23CF4" w14:textId="77777777" w:rsidR="00196C30" w:rsidRPr="006607E8" w:rsidRDefault="00196C30" w:rsidP="00196C30">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AA68909" w14:textId="258BCDB2" w:rsidR="004D2500" w:rsidRDefault="004D2500" w:rsidP="004D2500">
+    <w:p w14:paraId="7AA68909" w14:textId="32BEABB0" w:rsidR="004D2500" w:rsidRDefault="004D2500" w:rsidP="004D2500">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D2500">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Précisez l’organisation mise en place et les modalités définies pour répondre aux demandes de soins non programmé</w:t>
       </w:r>
       <w:r w:rsidR="002939DD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="004D2500">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">s, en dehors des heures de permanence des soins (08h00-20h00) </w:t>
+        <w:t>s, en dehors des heures de permanence des soins (0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3DC2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>7h00-19h0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D2500">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDCC2FB" w14:textId="77777777" w:rsidR="004D2500" w:rsidRPr="004D2500" w:rsidRDefault="004D2500" w:rsidP="004D2500">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F30E2C9" w14:textId="51F3B34E" w:rsidR="004D2500" w:rsidRDefault="004D2500" w:rsidP="004D2500">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -8607,207 +8684,231 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="420A98ED" w14:textId="77777777" w:rsidR="003C7EE4" w:rsidRPr="00032F2A" w:rsidRDefault="003C7EE4" w:rsidP="004D2500">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C7EE4" w:rsidRPr="00032F2A">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25EDC0AF" w14:textId="77777777" w:rsidR="00111DCA" w:rsidRDefault="00111DCA" w:rsidP="00111DCA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3303D865" w14:textId="77777777" w:rsidR="00111DCA" w:rsidRDefault="00111DCA" w:rsidP="00111DCA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1122509595"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="2E33AF1B" w14:textId="77777777" w:rsidR="00111DCA" w:rsidRDefault="00111DCA">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="07F99BB0" w14:textId="149891F4" w:rsidR="00111DCA" w:rsidRPr="00111DCA" w:rsidRDefault="00111DCA">
+  <w:p w14:paraId="07F99BB0" w14:textId="3F7F48F4" w:rsidR="00111DCA" w:rsidRPr="00111DCA" w:rsidRDefault="00111DCA">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00111DCA">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Trame de projet de santé pour CDS proposée par l’ARS Martinique – version juil 2024</w:t>
+      <w:t xml:space="preserve">Trame de projet de santé pour CDS proposée par l’ARS Martinique – version </w:t>
+    </w:r>
+    <w:r w:rsidR="004B3DC2">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>janv</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00111DCA">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00713D17">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57FE1A1E" w14:textId="77777777" w:rsidR="00111DCA" w:rsidRDefault="00111DCA" w:rsidP="00111DCA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F0D96E6" w14:textId="77777777" w:rsidR="00111DCA" w:rsidRDefault="00111DCA" w:rsidP="00111DCA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00026F68"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="55E0D3EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="800" w:hanging="440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -10674,225 +10775,231 @@
   <w:num w:numId="12" w16cid:durableId="652028555">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1127502662">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="11612037">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1256783918">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1817338362">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1684672322">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="625040083">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB588F"/>
     <w:rsid w:val="0000144E"/>
     <w:rsid w:val="00032F2A"/>
     <w:rsid w:val="0006645B"/>
+    <w:rsid w:val="00075B3B"/>
     <w:rsid w:val="00075C97"/>
     <w:rsid w:val="000B4A53"/>
     <w:rsid w:val="000B5D0C"/>
     <w:rsid w:val="000F69E8"/>
     <w:rsid w:val="001022D2"/>
     <w:rsid w:val="00111DCA"/>
     <w:rsid w:val="00153824"/>
     <w:rsid w:val="00172C30"/>
     <w:rsid w:val="00196704"/>
     <w:rsid w:val="00196C30"/>
     <w:rsid w:val="001A5AFD"/>
     <w:rsid w:val="001B6959"/>
     <w:rsid w:val="001E7A64"/>
     <w:rsid w:val="001F20B0"/>
     <w:rsid w:val="001F648E"/>
     <w:rsid w:val="00213CED"/>
     <w:rsid w:val="00252D43"/>
     <w:rsid w:val="002939DD"/>
     <w:rsid w:val="002A67EE"/>
     <w:rsid w:val="002D546F"/>
     <w:rsid w:val="002E2F64"/>
     <w:rsid w:val="00332273"/>
     <w:rsid w:val="003750CE"/>
     <w:rsid w:val="00387649"/>
     <w:rsid w:val="003A05D3"/>
     <w:rsid w:val="003B047B"/>
     <w:rsid w:val="003B1F1F"/>
     <w:rsid w:val="003C7EE4"/>
     <w:rsid w:val="003F1900"/>
     <w:rsid w:val="00404FC6"/>
     <w:rsid w:val="00420212"/>
     <w:rsid w:val="00452BEA"/>
     <w:rsid w:val="00452BF3"/>
     <w:rsid w:val="00475F95"/>
     <w:rsid w:val="004B018D"/>
+    <w:rsid w:val="004B3DC2"/>
     <w:rsid w:val="004C6B5A"/>
     <w:rsid w:val="004D2500"/>
     <w:rsid w:val="004D7719"/>
     <w:rsid w:val="004E35FF"/>
     <w:rsid w:val="00597EC7"/>
     <w:rsid w:val="005C6EB8"/>
     <w:rsid w:val="005D025E"/>
     <w:rsid w:val="005E0300"/>
     <w:rsid w:val="00602B65"/>
     <w:rsid w:val="0061212A"/>
     <w:rsid w:val="00626AF9"/>
     <w:rsid w:val="00635E83"/>
     <w:rsid w:val="006607E8"/>
     <w:rsid w:val="006A20D1"/>
     <w:rsid w:val="006A5EE0"/>
     <w:rsid w:val="006B4097"/>
     <w:rsid w:val="006C291A"/>
     <w:rsid w:val="006E2795"/>
     <w:rsid w:val="006E49A1"/>
     <w:rsid w:val="006F4FBF"/>
+    <w:rsid w:val="00713D17"/>
     <w:rsid w:val="00727C06"/>
     <w:rsid w:val="00730B40"/>
     <w:rsid w:val="00732D46"/>
     <w:rsid w:val="00746BFB"/>
     <w:rsid w:val="007F2D99"/>
     <w:rsid w:val="0081087A"/>
     <w:rsid w:val="008170F8"/>
     <w:rsid w:val="0082126A"/>
     <w:rsid w:val="008357B3"/>
     <w:rsid w:val="008723D4"/>
     <w:rsid w:val="008B14A3"/>
     <w:rsid w:val="008C0F5E"/>
     <w:rsid w:val="00922931"/>
     <w:rsid w:val="0098219D"/>
     <w:rsid w:val="00996454"/>
     <w:rsid w:val="009A029F"/>
+    <w:rsid w:val="009B080A"/>
     <w:rsid w:val="009B3976"/>
     <w:rsid w:val="009C4A00"/>
     <w:rsid w:val="00A15421"/>
     <w:rsid w:val="00A21012"/>
     <w:rsid w:val="00A5615D"/>
     <w:rsid w:val="00A921E0"/>
     <w:rsid w:val="00AC364F"/>
     <w:rsid w:val="00B56DAC"/>
     <w:rsid w:val="00B7603C"/>
+    <w:rsid w:val="00B76227"/>
     <w:rsid w:val="00BA0571"/>
     <w:rsid w:val="00BA7A35"/>
     <w:rsid w:val="00BB0BB9"/>
     <w:rsid w:val="00BB6462"/>
     <w:rsid w:val="00BC297D"/>
     <w:rsid w:val="00BD48C4"/>
     <w:rsid w:val="00C013D2"/>
     <w:rsid w:val="00C37BEE"/>
     <w:rsid w:val="00C4207F"/>
     <w:rsid w:val="00C50F8E"/>
     <w:rsid w:val="00C53D1E"/>
     <w:rsid w:val="00C57447"/>
     <w:rsid w:val="00C67F95"/>
     <w:rsid w:val="00CA01A0"/>
+    <w:rsid w:val="00CA5981"/>
     <w:rsid w:val="00CB588F"/>
     <w:rsid w:val="00D20A00"/>
     <w:rsid w:val="00D44637"/>
     <w:rsid w:val="00D646FC"/>
     <w:rsid w:val="00D94073"/>
     <w:rsid w:val="00DD2A86"/>
     <w:rsid w:val="00DE06D3"/>
     <w:rsid w:val="00DE4A35"/>
     <w:rsid w:val="00E042FA"/>
     <w:rsid w:val="00E24350"/>
     <w:rsid w:val="00E30CFF"/>
     <w:rsid w:val="00E40850"/>
     <w:rsid w:val="00E959AB"/>
     <w:rsid w:val="00ED7058"/>
     <w:rsid w:val="00F14525"/>
     <w:rsid w:val="00F34047"/>
     <w:rsid w:val="00F430E9"/>
     <w:rsid w:val="00F54EE7"/>
     <w:rsid w:val="00FB3EFC"/>
     <w:rsid w:val="00FE74E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52103AF6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5538677C-D26A-45B5-B963-6A4DBED57914}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11713,51 +11820,51 @@
       <w:spacing w:after="100" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="426"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001E7A64"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
       </w:tabs>
       <w:spacing w:after="100" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="426"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -12005,69 +12112,98 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E302E084-151D-45A3-8EE2-4D115D53798A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2609</Words>
-  <Characters>14354</Characters>
+  <Words>2612</Words>
+  <Characters>14369</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16930</CharactersWithSpaces>
+  <CharactersWithSpaces>16948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Flore PERDRIAUX</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-16T14:30:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>761aebb4-8b31-485c-addf-0c6c80c85695</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>